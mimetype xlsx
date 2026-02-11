--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,75 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부(1-2학년)" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터1(만30세이상~35세이하)GI" sheetId="2" state="visible" r:id="rId2"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터2(만36세이상~40세이하)GI" sheetId="3" state="visible" r:id="rId3"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터3(만41세이상~45세이하)GI" sheetId="4" state="visible" r:id="rId4"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부(3-4학년)" sheetId="5" state="visible" r:id="rId5"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="고등부" sheetId="6" state="visible" r:id="rId6"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="중등부" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="중등부" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="고등부" sheetId="7" state="visible" r:id="rId7"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터4이상(만46세이상~)GI" sheetId="8" state="visible" r:id="rId8"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부(5-6학년)" sheetId="9" state="visible" r:id="rId9"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="-80.5kg 남자 NO-GI 토너먼트" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="+82kg 남자 GI 토너먼트" sheetId="10" state="visible" r:id="rId10"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="-82kg 남자 GI 토너먼트" sheetId="11" state="visible" r:id="rId11"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Adult(만18세이상~만29세이하(1999년생까지))G" sheetId="12" state="visible" r:id="rId12"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NO-GI(Adult)" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="여성 GI 토너먼트" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="여성 NO- GI 토너먼트" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="남자 NO-GI 토너먼트" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NO-GI(Adult)" sheetId="16" state="visible" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FF0000"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
@@ -150,51 +156,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -458,5722 +464,10163 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 초등부(1-2학년) 체급 안내
 남자: 없음
 여자: 없음</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>초등부(1-2학년)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부(1-2학년)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"혼합"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 그레이화이트 그레이,옐로우 오렌지 그린"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"옐로우 오렌지 그린,화이트 그레이화이트 그레이"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"- 30.0kg,-24.0kg,-27.0kg,-33.0kg,-36.0kg,-39.0kg,-42.0kg,-45.0kg,+45kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"- 21kg,-24.0kg,-27.0kg,-30.0kg,-33.0kg,-36.0kg,-39.0kg,-42.0kg,-45.0kg,-48kg,-52kg,+52.1kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] -80.5kg 남자 NO-GI 토너먼트 체급 안내
-남자: 없음
+          <t>[⚠ 안내] +82kg 남자 GI 토너먼트 체급 안내
+남자: +82kg
 여자: 없음</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>-80.5kg 남자 NO-GI 토너먼트</t>
+          <t>+82kg 남자 GI 토너먼트</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>신청</t>
+          <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
-  <dataValidations count="6">
-[...1 lines deleted...]
-      <formula1>"신청,미신청"</formula1>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"-80.5kg 남자 NO-GI 토너먼트"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"+82kg 남자 GI 토너먼트"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
       <formula1>"전벨트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-[...3 lines deleted...]
-      <formula1>"신청,미신청"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"+82kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] -82kg 남자 GI 토너먼트 체급 안내
 남자: -82kg
 여자: 없음</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>-82kg 남자 GI 토너먼트</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>신청</t>
+          <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
-  <dataValidations count="6">
-[...1 lines deleted...]
-      <formula1>"신청,미신청"</formula1>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"-82kg 남자 GI 토너먼트"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
       <formula1>"전벨트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-82kg"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] Adult(만18세이상~만29세이하(1999년생까지))GI 체급 안내
-남자: -57.5kg, -64.0kg, 70.0kg, 76.0kg, 82.3kg, 88.3kg, 94.3kg, +100.5kg
+남자: -100.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +100.5kg
 여자: -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74.0kg, +74.0kg</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Adult(만18세이상~만29세이하(1999년생까지))GI</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"Adult(만18세이상~만29세이하(1999년생까지))GI"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 비기너,블랙,화이트,브라운,블루,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,블랙,퍼플,브라운,화이트 비기너,화이트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-74.0kg,70.0kg,76.0kg,82.3kg,88.3kg,94.3kg,+100.5kg,+74.0kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-100.5kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74.0kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+100.5kg,+74.0kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] NO-GI(Adult) 체급 안내
-[...3 lines deleted...]
-      </c>
+          <t>[⚠ 안내] 여성 GI 토너먼트 체급 안내
+남자: 없음
+여자: -64.5kg</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>NO-GI(Adult)</t>
+          <t>여성 GI 토너먼트</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>신청</t>
+          <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"여성 GI 토너먼트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"여자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"전벨트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-64.5kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:K100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] 여성 NO- GI 토너먼트 체급 안내
+남자: 없음
+여자: -61.5kg</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" s="2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>여성 NO- GI 토너먼트</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>미신청</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr"/>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"여성 NO- GI 토너먼트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"여자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"전벨트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-61.5kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:K100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] 남자 NO-GI 토너먼트 체급 안내
+남자: -80.5kg, +80.5kg
+여자: 없음</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" s="2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>남자 NO-GI 토너먼트</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>미신청</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr"/>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"남자 NO-GI 토너먼트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"남자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"전벨트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-80.5kg,+80.5kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:K100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] NO-GI(Adult) 체급 안내
+남자: -55kg, -61.5kg, -67.5kg, -73.5kg, -79.5kg, -85.5kg, -91.5kg, -97.5kg, +97.5kg
+여자: -51.5kg, -56.5kg, -61.5kg, -66.5kg, -71.5kg, -76.5kg, +76.5kg</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" s="2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>NO-GI(Adult)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" s="2" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>신청</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr"/>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"NO-GI(Adult)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"중급,초급,고급"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"고급,중급,초급"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-51.5kg,-55kg,-56.5kg,-61.5kg,-66.5kg,-67.5kg,-71.5kg,-73.5kg,-76.5kg,-79.5kg,-85.5kg,-91.5kg,-97.5kg,+76.5kg,+97.5kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 마스터1(만30세이상~35세이하)GI 체급 안내
-남자: -57.5kg, -64.0kg, 70.0kg, 76.0kg, 82.3kg, 88.3kg, 94.3kg, +100.5kg
+남자: -100.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +100.5kg
 여자: -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74.0kg, +74.0kg</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>마스터1(만30세이상~35세이하)GI</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"마스터1(만30세이상~35세이하)GI"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 비기너,블랙,화이트,브라운,블루,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,블랙,퍼플,브라운,화이트 비기너,화이트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-74.0kg,70.0kg,76.0kg,82.3kg,88.3kg,94.3kg,+100.5kg,+74.0kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-100.5kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74.0kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+100.5kg,+74.0kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 마스터2(만36세이상~40세이하)GI 체급 안내
-남자: -57.5kg, -64.0kg, 70.0kg, 76.0kg, 82.3kg, 88.3kg, 94.3kg, +100.5kg
+남자: -100.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +100.5kg
 여자: -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74.0kg, +74.0kg</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>마스터2(만36세이상~40세이하)GI</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"마스터2(만36세이상~40세이하)GI"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 비기너,블랙,화이트,브라운,블루,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,블랙,퍼플,브라운,화이트 비기너,화이트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-74.0kg,70.0kg,76.0kg,82.3kg,88.3kg,94.3kg,+100.5kg,+74.0kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-100.5kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74.0kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+100.5kg,+74.0kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 마스터3(만41세이상~45세이하)GI 체급 안내
-남자: -57.5kg, -64.0kg, 70.0kg, 76.0kg, 82.3kg, 88.3kg, 94.3kg, +100.5kg
+남자: -100.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +100.5kg
 여자: -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74.0kg, +74.0kg</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>마스터3(만41세이상~45세이하)GI</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"마스터3(만41세이상~45세이하)GI"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 비기너,블랙,화이트,브라운,블루,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,블랙,퍼플,브라운,화이트 비기너,화이트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-74.0kg,70.0kg,76.0kg,82.3kg,88.3kg,94.3kg,+100.5kg,+74.0kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-100.5kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74.0kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+100.5kg,+74.0kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 초등부(3-4학년) 체급 안내
 남자: 없음
 여자: 없음</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>초등부(3-4학년)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부(3-4학년)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"혼합"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 그레이화이트 그레이,옐로우 오렌지 그린"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"옐로우 오렌지 그린,화이트 그레이화이트 그레이"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-28.2kg,-32.2kg,-36.2kg,-40.3kg,-44.4kg,-48.3kg,-52.5kg,-56.5kg,-60.5kg,+60.5kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-24kg,-27kg,-30kg,-33kg,-36kg,-39kg,-42kg,-45kg,-48kg,-52kg,-56kg,+56.1kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 고등부 체급 안내
-[...3 lines deleted...]
-      </c>
+          <t>[⚠ 안내] 중등부 체급 안내
+남자: -48.5kg, -53.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, +88.4kg
+여자: -40.0kg, -44.0kg, -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, +69.1kg</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>고등부</t>
+          <t>중등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"고등부"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"중등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 그레이화이트 그레이,옐로우 오렌지 그린"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"옐로우 오렌지 그린,화이트 그레이화이트 그레이"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-48.3kg,-48.5kg,-52.5kg,-56.5kg,-58.5kg,-60.5kg,-64.0kg,-65.0kg,-69.0kg,-74.0kg,-79.3kg,-84.3kg,53.5kg,+69.0kg,+84.3kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-40.0kg,-44.0kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-76.0kg,-82.3kg,-88.3kg,+69.1kg,+88.4kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 중등부 체급 안내
-[...3 lines deleted...]
-      </c>
+          <t>[⚠ 안내] 고등부 체급 안내
+남자: -53.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +94.4kg
+여자: -44.0kg, -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74kg, +74.1kg</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>중등부</t>
+          <t>고등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"중등부"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"고등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 그레이화이트 그레이,옐로우 오렌지 그린"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,옐로우 오렌지 그린,화이트 그레이화이트 그레이"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-48.3kg,-48.5kg,-52.5kg,-56.5kg,-58.5kg,-60.5kg,-64.0kg,-65.0kg,-69.0kg,-74.0kg,-79.3kg,-84.3kg,53.5kg,+69.0kg,+84.3kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-44.0kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+74.1kg,+94.4kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 마스터4이상(만46세이상~)GI 체급 안내
-남자: -57.5kg, -64.0kg, 70.0kg, 76.0kg, 82.3kg, 88.3kg, 94.3kg, +100.5kg
+남자: -100.5kg, -57.5kg, -64.0kg, -70.0kg, -76.0kg, -82.3kg, -88.3kg, -94.3kg, +100.5kg
 여자: -48.5kg, -53.5kg, -58.5kg, -64.0kg, -69.0kg, -74.0kg, +74.0kg</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>마스터4이상(만46세이상~)GI</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"마스터4이상(만46세이상~)GI"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 비기너,블랙,화이트,브라운,블루,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,블랙,퍼플,브라운,화이트 비기너,화이트"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-74.0kg,70.0kg,76.0kg,82.3kg,88.3kg,94.3kg,+100.5kg,+74.0kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-100.5kg,-48.5kg,-53.5kg,-57.5kg,-58.5kg,-64.0kg,-69.0kg,-70.0kg,-74.0kg,-76.0kg,-82.3kg,-88.3kg,-94.3kg,+100.5kg,+74.0kg"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 초등부(5-6학년) 체급 안내
 남자: 없음
 여자: 없음</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>본인의 생년월일과 주민등록번호 앞자리를 반드시 표시해주세요(스포츠보험적용시 필요)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>초등부(5-6학년)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부(5-6학년)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"혼합"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트 그레이화이트 그레이,옐로우 오렌지 그린"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"옐로우 오렌지 그린,화이트 그레이화이트 그레이"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-32.2kg,-36.2kg,-40.3kg,-44.4kg,-48.3kg,-52.5kg,-56.5kg,-60.5kg,+60.5kg"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-27.0kg,-27kg,-30.0kg,-33.0kg,-36.0kg,-39.0kg,-42.0kg,-45.0kg,-48.0kg,-52.0kg,-52.5kg,-56.0kg,-56kg,-60.0kg,+60.1kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>